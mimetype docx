--- v0 (2025-12-14)
+++ v1 (2026-02-13)
@@ -70,69 +70,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋_GBK" w:eastAsia="方正小标宋_GBK" w:hAnsi="方正小标宋_GBK" w:cs="方正小标宋_GBK"/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋_GBK" w:eastAsia="方正小标宋_GBK" w:hAnsi="方正小标宋_GBK" w:cs="方正小标宋_GBK" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...17 lines deleted...]
-        <w:t>江苏</w:t>
+        <w:t>2025年江苏</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋_GBK" w:eastAsia="方正小标宋_GBK" w:hAnsi="方正小标宋_GBK" w:cs="方正小标宋_GBK"/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>省职业院校教师素质提高计划国家级省级</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋_GBK" w:eastAsia="方正小标宋_GBK" w:hAnsi="方正小标宋_GBK" w:cs="方正小标宋_GBK" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>培训项目分类说明</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40" w:rsidP="005B3849">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:before="312" w:line="760" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="720"/>
         <w:jc w:val="center"/>
@@ -298,100 +280,128 @@
         </w:rPr>
         <w:t>：面</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>向专业带头人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>和</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>骨干教师，着力提升校本化工作过程导向课程开发与实施能力，推进课堂变革</w:t>
+        <w:t>骨干教师，着力提升</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>工作过程导向课程开发与实施能力，推进课堂变革</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>590</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>中中</w:t>
-      </w:r>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>270</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
@@ -743,65 +753,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>0%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实践课时或</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>企业</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>跟岗实践。</w:t>
+        <w:t>跟岗实践</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -874,73 +894,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>德师风</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>建设与</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>课程思政</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>施、人才培养方案</w:t>
+        <w:t>施</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、人才培养方案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
@@ -1142,73 +1172,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（基</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地）</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>供省内外课程教学、专业技术、行业企业等领域高水平</w:t>
-[...7 lines deleted...]
-        <w:t>专家</w:t>
+        <w:t>供省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外课程教学、专业技术、行业企业等领域高水平专家</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>师），</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>原</w:t>
       </w:r>
@@ -1364,59 +1396,51 @@
         </w:rPr>
         <w:t>所和设施，包括专业教室、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>会</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>议室</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、智能教学系统</w:t>
-[...7 lines deleted...]
-        <w:t>及实</w:t>
+        <w:t>、智能教学系统及实</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训实操</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>室（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工位</w:t>
       </w:r>
@@ -1554,51 +1578,69 @@
         </w:rPr>
         <w:t>与</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>质量监控</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>参训学员在集中研修期间重点完成校本化课程方案（标准）和教学课例等成果；送培学校及时安排返岗学员进行校内汇报和教学展示</w:t>
+        <w:t>参训学员在集中研修期间重点完成</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程方案（标准）和教学课例等成果；送培学校及时安排返岗学员进行校内汇报和教学展示</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训基地应</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>及时</w:t>
       </w:r>
@@ -1620,97 +1662,117 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>指导</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>总结形成高质量</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>校本化课程及</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程及</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教学资源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>开发方案、立体化课程教学资源案例、行动导向教学设计方案等，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>此外还需开发至少一门高质量的数字化教学资源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省师培中心</w:t>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -1730,51 +1792,69 @@
         </w:rPr>
         <w:t>价</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工作；省教育厅和财政厅的相关职能部门采取</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>四不两直</w:t>
+        <w:t>四</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>两直</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等方法，不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1843,92 +1923,120 @@
         </w:rPr>
         <w:t>：面向专业（或课程）带头人、骨干教师等，着力提升</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人工智能时代</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教师数字素养和教学能力，促进人机协同教学，助力</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>新一代智联学习环境升级，实现对教师教学全过程的赋能。</w:t>
+        <w:t>新一代</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>智联学习</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>环境升级，实现对教师教学全过程的赋能。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>400</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>中中</w:t>
-      </w:r>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
@@ -2030,124 +2138,100 @@
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>模式：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...15 lines deleted...]
-        <w:t>+</w:t>
+        <w:t>“承训院校+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>核</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>心成员（企业</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>或</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>用人单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>）</w:t>
-[...7 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>）”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>方</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>式，采取</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>专题辅导、实操练习、项目实做、成果验证</w:t>
       </w:r>
@@ -2297,65 +2381,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>0%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实践课时或</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>企业</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>跟岗实践。</w:t>
+        <w:t>跟岗实践</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -2420,106 +2514,120 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>德师风</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>建设与</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>课程思政</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>施、</w:t>
+        <w:t>施</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>面向职业教育教学的大语言模型（如</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Deepseek</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ChatGPT</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等）及相关专门化智能体</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>软件（如</w:t>
       </w:r>
       <w:r>
@@ -2647,81 +2755,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（基</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地）</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>供</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省内外信息技术、数字媒体、课</w:t>
-[...7 lines deleted...]
-        <w:t>程教学、专业技术等领域高水平专家，原</w:t>
+        <w:t>省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外信息技术、数字媒体、课程教学、专业技术等领域高水平专家，原</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>则上</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>外专家不</w:t>
       </w:r>
@@ -2912,51 +3022,87 @@
         </w:rPr>
         <w:t>转化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>与</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>质量监控</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>：参训教师集中研修期间重点完成包括校本化数字课件（含实录视音频等）、教学微课、虚拟仿真、数字课例等成果；</w:t>
+        <w:t>：参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>集中研修期间重点完成包括</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化数字</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课件（含实录视音频等）、教学微课、虚拟仿真、数字课例等成果；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>送培学校及时安排返岗学员进行校内汇报和教学展示</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训基地应</w:t>
       </w:r>
@@ -3035,57 +3181,67 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、信息技术教学案例以及相关信息化教学方法（工具）手册等，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>此外还需开发至少一门高质量的数字化教学资源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省师培中心</w:t>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -3105,142 +3261,142 @@
         </w:rPr>
         <w:t>价</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工作；省教育厅和财政厅的相关职能部门采取</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>四不两直</w:t>
+        <w:t>四</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>两直</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等方法，不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>（三）</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:t>（三）“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>1+X</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>1+X</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>证书</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>证书</w:t>
-[...17 lines deleted...]
-        <w:t>项目</w:t>
+        <w:t>试点教师培训项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
@@ -3372,130 +3528,106 @@
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>模式：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>“</w:t>
+        <w:t>“承训院校+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>核</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>承训院校</w:t>
+        <w:t>心成员（企业</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>或</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>+</w:t>
+        <w:t>用人单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>核</w:t>
+        <w:t>等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>心成员（企业</w:t>
+        <w:t>）”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>或</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>方</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>式，采取</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>专题辅导、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>合作开发与培训、</w:t>
@@ -3662,65 +3794,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>0%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实践课时或</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>企业</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>跟岗实践。</w:t>
+        <w:t>跟岗实践</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -3785,73 +3927,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>德师风</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>建设与</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>课程思政</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>施、</w:t>
+        <w:t>施</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>战略性新兴产业新技术新工艺新材料新方法、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>职业技能等级证书与专业课程融合、职业（专业）技能及其等级标准、专业教学标准与人才培养方案改革，模块化教学方式方法，职业技能等级考核与培养课程考核评价、人工智能专业教学应用等。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
@@ -3893,73 +4045,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（基</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地）</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>供</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省内外信息技术、数字媒体、课程教学、专业技术等领域高水平专家，原</w:t>
+        <w:t>省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外信息技术、数字媒体、课程教学、专业技术等领域高水平专家，原</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>则上</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>外专家不</w:t>
       </w:r>
@@ -4067,91 +4229,75 @@
         </w:rPr>
         <w:t>场地有</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>确保学员安心学习、生活的必要</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>场</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>所和设施，包括专业</w:t>
-[...7 lines deleted...]
-        <w:t>教室、</w:t>
+        <w:t>所和设施，包括专业教室、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>会</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>议室</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、研讨室、智能教学系统</w:t>
-[...7 lines deleted...]
-        <w:t>及实</w:t>
+        <w:t>、研讨室、智能教学系统及实</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训实操</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>室（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工位</w:t>
       </w:r>
@@ -4286,51 +4432,87 @@
         </w:rPr>
         <w:t>转化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>与</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>质量监控</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>：参训教师集中研修期间重点完成包括专业课程岗课赛证融合教学方案设计、</w:t>
+        <w:t>：参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>集中研修期间重点完成包括专业课程</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>岗课赛证</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>融合教学方案设计、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教学课例等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>成果；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>送培学校需及时安排返岗学员进行校内汇报和教学展示</w:t>
       </w:r>
@@ -4400,57 +4582,67 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>产业调研报告、技术改进及其教育教学转化方案、专业转型或升级方案、专业课程教学资源等，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>此外还需开发至少一门高质量的数字化教学资源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省师培中心</w:t>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -4470,51 +4662,69 @@
         </w:rPr>
         <w:t>价</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工作；省教育厅和财政厅的相关职能部门采取</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>四不两直</w:t>
+        <w:t>四</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>两直</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等方法，不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -4810,52 +5020,62 @@
         </w:rPr>
         <w:t>550</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>中中</w:t>
-      </w:r>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>390</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
@@ -4959,123 +5179,117 @@
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>模式：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>“</w:t>
+        <w:t>“承训院校+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>核</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>承训院校</w:t>
+        <w:t>心成员（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>相关教学跟岗实践单位等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>+</w:t>
+        <w:t>）”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>核</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>方</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>式，采取线上线下相结合的混合研修、专题研修和德育研学等形式，集中培训与个人学习相结合</w:t>
+        <w:t>式，采取线上线下相结合的混合研修、专题研修和德育</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>学等形式，集中培训与个人学习相结合</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>开</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>展研修。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
@@ -5220,89 +5434,117 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>德师风</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>建设与</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>课程思政</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>施；新时代思想政治理论课教学改革与质量评价</w:t>
+        <w:t>施</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>；新时代思想政治理论课教学改革与质量评价</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>课程建设及资源开发，教学方法与评价方式改革；中职思想政治、语文统编教材编写思路、课程内容和教学方法</w:t>
+        <w:t>课程建设及资源开发，教学方法与评价方式改革；中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职思想</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>政治、语文统编教材编写思路、课程内容和教学方法</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>数学、英语、信息技术课等公共基础课</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
@@ -5391,73 +5633,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（基</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地）</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>供</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省内外课程教学等领域高水平专家，原</w:t>
+        <w:t>省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外课程教学等领域高水平专家，原</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>则上</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>外专家不</w:t>
       </w:r>
@@ -5736,59 +5988,95 @@
         </w:rPr>
         <w:t>转化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>与</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>质量监控</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>：参训教师集中研修期间重点完成</w:t>
-[...7 lines deleted...]
-        <w:t>包括校本化课程方案（标准）、教学课例等</w:t>
+        <w:t>：参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>集中研修期间重点完成</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>包括</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程方案（标准）、教学课例等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>成</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>果</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；送</w:t>
       </w:r>
@@ -5906,106 +6194,136 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>指导</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>总结、形成高质量</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>校本化</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>公共课程实施方案、典型</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教学资源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、评价方法和工具、教学课例设计及其实施报告等，</w:t>
+        <w:t>、评价方法和工具、教学课</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>例设计</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>及其实施报告等，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>此外还需开发至少一门高质量的数字化教学资源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省师培中心</w:t>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -6025,75 +6343,85 @@
         </w:rPr>
         <w:t>价</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工作；省教育厅和财政厅的相关职能部门采取</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>四不两直</w:t>
+        <w:t>四</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>两直</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>等方法，不定期对承训基地、培训项目以及参训学员进行调研和考察</w:t>
-[...7 lines deleted...]
-        <w:t>。</w:t>
+        <w:t>等方法，不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（五）访学</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:b/>
@@ -6236,51 +6564,69 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训模式：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>教师到国家级职业教育师资培养培训基地、职业院校“双高计划”建设单位、高水平大学及学术科研机构、大中型企业研发中心等，通过结对学习、联合教研、专项指导、跟岗实践等方式，开展为期</w:t>
+        <w:t>教师到国家级职业教育师资培养培训基地、职业院校“双高计划”建设单位、高水平大学及学术科研机构、大中型企业研发中心等，通过结对学习、联合教研、专项指导、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>跟岗实践</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>等方式，开展为期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>个月的访学研修。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
@@ -6470,107 +6816,127 @@
         </w:rPr>
         <w:t>跟踪</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>管理，与</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>访学</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>单位定</w:t>
-[...7 lines deleted...]
-        <w:t>期沟通，了解教师访学研修情况。省高职师培中心在教师访学研修完成后，要求教师递交</w:t>
+        <w:t>单位定期沟通，了解教师访学研修情况。省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>高职师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>培中心在教师访学研修完成后，要求教师递交</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>研修</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>成果，如发表的论文、刊物、比赛获奖情况、指导学生获奖情况、其他学术成果等，做好期满考核。省教育厅</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>师工作处、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>省</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>高职师培中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>高职师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>培中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对送</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培学校、接收单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>和</w:t>
       </w:r>
@@ -6907,59 +7273,51 @@
         </w:rPr>
         <w:t>强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>双师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>型</w:t>
-[...7 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>型”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>师队伍建设等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>政策研</w:t>
       </w:r>
@@ -7019,52 +7377,62 @@
         </w:rPr>
         <w:t>115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>中中</w:t>
-      </w:r>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
@@ -7168,139 +7536,133 @@
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>模式：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>“</w:t>
+        <w:t>“承训院校+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>核</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>承训院校</w:t>
+        <w:t>心成员（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>现场教学单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>+</w:t>
+        <w:t>）”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>核</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>方</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>式，采取集中研修、跟岗</w:t>
+        <w:t>式，采取集中研修、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>跟岗</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>习、考察交流、在线研讨、返岗实践等方式，集中培训与个人学习相结合</w:t>
+        <w:t>习</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、考察交流、在线研讨、返岗实践等方式，集中培训与个人学习相结合</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>开</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>展研修。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
@@ -7485,68 +7847,66 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年全</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>两</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>会</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>最</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>新精神，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
@@ -7977,68 +8337,78 @@
         </w:rPr>
         <w:t>名</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>家、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>产</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>教融合行</w:t>
+        <w:t>教融合</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>行</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>企</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>专家</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>授课或指</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>导</w:t>
       </w:r>
       <w:r>
@@ -8285,107 +8655,101 @@
         </w:rPr>
         <w:t>高</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>质量发展</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>战略和学校“十</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>五五</w:t>
+        <w:t>五五”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>发</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>”</w:t>
+        <w:t>展</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>规</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>发</w:t>
+        <w:t>双</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>展规、</w:t>
-[...31 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>师型”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>师队伍建设</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>规划等</w:t>
       </w:r>
@@ -8887,97 +9251,125 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>行业</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（区域</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>内教师教育教学水平</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教育教学水平</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提升。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>（其中中职</w:t>
+        <w:t>（其中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，高职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
@@ -9269,59 +9661,51 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>保障</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>条件：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>承训单位（基地）成立由校领导牵头的项</w:t>
-[...7 lines deleted...]
-        <w:t>目管理小组，以统筹协调资源和进度；组建由省内外</w:t>
+        <w:t>承训单位（基地）成立由校领导牵头的项目管理小组，以统筹协调资源和进度；组建由省内外</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>家级教学名师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
@@ -9592,51 +9976,69 @@
         </w:rPr>
         <w:t>及转化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>与质量监督</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>参训教师通</w:t>
+        <w:t>参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>通</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>过</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>研修，形成创新性教学理论总</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>结</w:t>
       </w:r>
@@ -9824,51 +10226,69 @@
         </w:rPr>
         <w:t>持续</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>跟踪教学名师培育对象成</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>长</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>情况，凝炼学员教育教学成果</w:t>
+        <w:t>情况，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>凝炼</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>学员教育教学成果</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>例）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>集等；</w:t>
       </w:r>
@@ -9906,65 +10326,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>讨、重点项目</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>评</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>审等</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>察省教学名师能力水平</w:t>
+        <w:t>察省教学</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>名师能力水平</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，更</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>好地发挥其示范引领作用。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋"/>
           <w:b/>
@@ -10065,261 +10495,301 @@
         </w:rPr>
         <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>业教育</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“双</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>师型</w:t>
+        <w:t>师型”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>师</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>团队（</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>含教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教学创新团队、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>双师型</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...27 lines deleted...]
-        <w:t>“</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>名师工作室和技艺技能传承创新平台</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>，由</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>个</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>江苏省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职业教育“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>双师型</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>名师工作室和技艺技能传承创新平台</w:t>
-[...70 lines deleted...]
-        </w:rPr>
         <w:t>教师团队协作组牵头，以</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>协</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>作组建设规划</w:t>
-      </w:r>
+        <w:t>作组建</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>设规划</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>和</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年度计划为</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>依据</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>着力提升团队教育教学改革和共同体建设能力</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>，凝炼各</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>凝炼</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>各</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>类</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>“双</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>师型</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -10435,51 +10905,69 @@
         </w:rPr>
         <w:t>修</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>841</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>人（其中中职</w:t>
+        <w:t>人（其中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，高职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>635</w:t>
       </w:r>
@@ -11107,52 +11595,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>新、教师专业能力发展</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>标志性成果凝炼</w:t>
-      </w:r>
+        <w:t>标志性成果</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>凝炼</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>，围绕</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -11268,59 +11767,51 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>保障条件</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>：</w:t>
-[...7 lines deleted...]
-        <w:t>承</w:t>
+        <w:t>：承</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训单位（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>协</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>作组组长或副组长单位）提供</w:t>
       </w:r>
@@ -11388,126 +11879,164 @@
         </w:rPr>
         <w:t>少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>培训场地</w:t>
-[...15 lines deleted...]
-        <w:t>与</w:t>
+        <w:t>培训场地配备与</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>研修</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>专题相适切的教学室、成果展示室、研讨室、专业资料和良好网络条件，承训单位提供赴优秀团队建设空间、企业产研基地等实地参观交流的条件。</w:t>
+        <w:t>专题相适切的教学室、成果展示室、研讨室、专业资料和良好网络条件，承训单位提供</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>赴优秀</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>团队建设空间、企业产</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>基地等实地参观交流的条件。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>成果及转化与质量监控</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>参训教师集中研修期间</w:t>
+        <w:t>参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>集中研修期间</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>根据协作组要求完成</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本</w:t>
       </w:r>
@@ -11608,67 +12137,85 @@
         </w:rPr>
         <w:t>目标</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>参训</w:t>
+        <w:t>参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>任务完成情况的跟踪管理</w:t>
+        <w:t>任务</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>完成情况的跟踪管理</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；协作</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>组</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对</w:t>
       </w:r>
@@ -11818,74 +12365,76 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>师重点项目，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>察协作组承训工作和</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>参</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>师所在</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>团</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>队建设工作成效。</w:t>
       </w:r>
     </w:p>
@@ -12241,52 +12790,62 @@
         </w:rPr>
         <w:t>90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>中中</w:t>
-      </w:r>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
@@ -12678,73 +13237,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（基</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地）</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>供</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省内外教育</w:t>
+        <w:t>省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外教育</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>管理等领域高水平专家，原</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>则上</w:t>
       </w:r>
@@ -13064,51 +13633,69 @@
         </w:rPr>
         <w:t>：承</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训基地应</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>及时向</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省中、高职师培中心提供对学员的全面评估反馈，</w:t>
+        <w:t>省中、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>高职师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>培中心提供对学员的全面评估反馈，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>在</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>此</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>基础</w:t>
       </w:r>
@@ -13184,59 +13771,51 @@
         </w:rPr>
         <w:t>队。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>参训人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>员</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>应</w:t>
-[...7 lines deleted...]
-        <w:t>完成教师培训基地建设方案、</w:t>
+        <w:t>应完成教师培训基地建设方案、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>模块化培训课程设计</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>案例、教师培训项目质量评估方案、教学名师引领能力“进阶”等成</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>果，积极</w:t>
       </w:r>
@@ -13296,51 +13875,69 @@
         </w:rPr>
         <w:t>及</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>省</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、高职师培中心</w:t>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>高职师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>培中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>组织</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>的培训基地</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>和</w:t>
       </w:r>
@@ -13433,60 +14030,51 @@
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>三、校企双向交流项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>（十）</w:t>
-[...8 lines deleted...]
-        <w:t>教师企业实践</w:t>
+        <w:t>（十）教师企业实践</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -13549,52 +14137,62 @@
         </w:rPr>
         <w:t>220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>中中</w:t>
-      </w:r>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
@@ -13738,52 +14336,62 @@
         </w:rPr>
         <w:t>跟岗</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、参与研发项目、兼职任职等方式，集中培训与个人学习相结合</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>开</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>展研修。其中，中职采用</w:t>
-      </w:r>
+        <w:t>展研修。其中，中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职采用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>院校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r>
@@ -13898,51 +14506,69 @@
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>基地合作企业以及国家级团队协作共同体、职教集团等单位开展产学研训一体化岗位实践。</w:t>
+        <w:t>基地合作企业以及国家级团队协作共同体、职教集团等单位开展产学研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>一体化岗位实践。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>可</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>分阶段</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实施。</w:t>
       </w:r>
@@ -14051,99 +14677,127 @@
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>保障条件：承训单位（基地）提供省内外课程教学、专业技术、行业企业等领域高水平专家（培训师），原则上校外专家不少于</w:t>
+        <w:t>保障条件：承训单位（基地）</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>提供省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外课程教学、专业技术、行业企业等领域高水平专家（培训师），原则上校外专家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、高级职称专家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。参</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>教师签订三方（学校、企业、个人）实践合同，明确研修（实践）目标任务、预期成果和考核要求。</w:t>
+        <w:t>教师签订</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>三方（学校、企业、个人）实践合同，明确研修（实践）目标任务、预期成果和考核要求。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>承训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>企业</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>及其合作学校</w:t>
       </w:r>
@@ -14195,99 +14849,109 @@
         </w:rPr>
         <w:t>训实操</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>室（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>）</w:t>
-[...7 lines deleted...]
-        <w:t>及</w:t>
+        <w:t>）及</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>设备</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>专业教室</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>和研讨</w:t>
-[...7 lines deleted...]
-        <w:t>室等</w:t>
+        <w:t>和</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>研讨</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>室</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提供相</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>应</w:t>
       </w:r>
@@ -14315,120 +14979,184 @@
         </w:rPr>
         <w:t>习、生活资料</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>和</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>必要的网络资源等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，在开班前为参训教师购买人身意外伤害保险</w:t>
+        <w:t>，在开班前为参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师购买</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>人身意外伤害保险</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="220" w:firstLine="704"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>成果及转化与质量监控：参训学员集中研修期间</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>应</w:t>
-[...7 lines deleted...]
-        <w:t>制定个人实践研修方案，拟定跟岗（顶岗）实践项目，设计实践考核（技术改造或研发）综合任务，提供</w:t>
+        <w:t>应制</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>定个人</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>实践研修方案，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>拟定跟岗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>（顶岗）实践项目，设计实践考核（技术改造或研发）综合任务，提供</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>技术支持和咨</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>询服务、总结实践经验，完成专业或课程建设改革建议方案等；送培学校加强与企业定期沟通和对参训教师的跟踪管理，及时组织返岗学员进行校内汇报和教学展示；</w:t>
+        <w:t>询服务、总结实践经验，完成专业或课程建设改革建议方案等；送培学校加强与企业定期沟通和对参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>的跟踪管理，及时组织返岗学员进行校内汇报和教学展示；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>承训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>基</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地</w:t>
       </w:r>
@@ -14472,51 +15200,69 @@
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>并安排资深教师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>予</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>以训后</w:t>
+        <w:t>以</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>后</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>内</w:t>
       </w:r>
@@ -14530,57 +15276,67 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>总结、形成高质量</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>企业调研报告、职业能力分析报告、技术改造方案或相关专利报告等；</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省师培中心要求教师递交成果转化，如发表的论文、刊物、申请的专利、其</w:t>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心要求教师递交成果转化，如发表的论文、刊物、申请的专利、其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>他企业实践成果等，做好期满考核</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>省教育厅</w:t>
@@ -14729,84 +15485,104 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>具体目标：面向企业工程技术人员、项目管理人员、高技能人才、能工巧匠等，对到职业院校兼职任教、合作研究、参与项目等并服务不少于半年者的相关工作予以专项奖补，激励相关职业院校持续开展产业导师聘任工作并提高实际成效。奖补计划</w:t>
-      </w:r>
+        <w:t>具体目标：面向企业工程技术人员、项目管理人员、高技能人才、能工巧匠等，对到职业院校兼职任教、合作研究、参与项目等并服务不少于半年者的相关工作予以专项奖补，激励相关职业院校持续开展产业导师聘任工作并提高实际成效。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>奖补计划</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>人</w:t>
-[...7 lines deleted...]
-        <w:t>（其中中职</w:t>
+        <w:t>人（其中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>200</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人、高职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
@@ -14889,86 +15665,114 @@
         </w:rPr>
         <w:t>80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>学时</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>学期的教学工作（含讲座），参与学校专业建设、课程开发、教学服务、资源开发、学生指导、团队建设、产学研合作等。原则上，产业导师应为行业企业在职人员，优先奖补长期聘用或参与现代学徒制项目的行业企业人员。</w:t>
+        <w:t>学期的教学工作（含讲座），参与学校专业建设、课程开发、教学服务、资源开发、学生指导、团队建设、产学研合作等。原则上，产业导师应为行业企业在职人员，优先</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>奖补长期</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>聘用或参与现代学徒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>制项目</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>的行业企业人员。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>保障条件：职业院校应制定明确的产业导师聘用和管理制度，确保其职责、权利和义务清晰，加强兼职产业导师的工作考核和质</w:t>
-[...7 lines deleted...]
-        <w:t>量评价，提供必要的教学设施、实验工具和数字资源等。</w:t>
+        <w:t>保障条件：职业院校应制定明确的产业导师聘用和管理制度，确保其职责、权利和义务清晰，加强兼职产业导师的工作考核和质量评价，提供必要的教学设施、实验工具和数字资源等。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
@@ -15106,75 +15910,85 @@
         </w:rPr>
         <w:t>政策理解、基础理论和</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教学</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实施</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>水</w:t>
-[...7 lines deleted...]
-        <w:t>平。培训规模</w:t>
+        <w:t>水平。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>人（其中中职</w:t>
+        <w:t>人（其中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人、高职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
@@ -15339,51 +16153,69 @@
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>保障条件：承训单位（基地）提供省内外课程教学、专业技术、行业企业等领域高水平专家（培训师），原则上校外专家不少于</w:t>
+        <w:t>保障条件：承训单位（基地）</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>提供省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外课程教学、专业技术、行业企业等领域高水平专家（培训师），原则上校外专家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、高级职称专家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
@@ -15574,168 +16406,210 @@
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>学员</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>学习</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>评估反馈，并安排经验丰富的教师在训后一年内进行持续跟踪指导，总</w:t>
-[...7 lines deleted...]
-        <w:t>结形成高质量</w:t>
+        <w:t>评估反馈，并安排经验丰富的教师在训后一年内进行持续跟踪指导，总结形成高质量</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>技术改造（研发）方案、教学</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>改革方案（案例）、产学研合作案例</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>省教育厅和财政厅、</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>省</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>师培中心加强对承训基地及其培训项目的管理考核，开展实地巡视调研，听取培训意见反馈和工作建议。</w:t>
+        <w:t>师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心加强对承训基地及其培训项目的管理考核，开展实地巡视调研，听取培训意见反馈和工作建议。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>四、省域创新项目</w:t>
+        <w:t>四、省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>域创新</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（十三）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省市协作</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:t>省市</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>共培项目</w:t>
+        <w:t>协作</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>共培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -15793,51 +16667,69 @@
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训模式：以“市级研制方案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>具体实施”与省审核监督相结合方式，采取线上线下相结合的混合研修、专题研修和德育研学等形式，集中培训与个人学习相结合开展研修。</w:t>
+        <w:t>具体实施”与省审核监督相结合方式，采取线上线下相结合的混合研修、专题研修和德育</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>学等形式，集中培训与个人学习相结合开展研修。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -15863,203 +16755,119 @@
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>保障条件：承训单位（基地）积极与省内外知名高校、教育研究机构以及行业领军企业建立紧密合作，广泛邀请在课程教学、教育研究、行业实践等领域深耕多年且成果卓著的专家</w:t>
-[...47 lines deleted...]
-        <w:t>校外专家不少于</w:t>
+        <w:t>保障条件：承训单位（基地）积极与省内外知名高校、教育研究机构以及行业领军企业建立紧密合作，广泛邀请在课程教学、教育研究、行业实践等领域深耕多年</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>且成果</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>卓著的专家，建立多元化、高水平的专家团队，原则上校外专家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、高级职称专家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>。培训场地</w:t>
-[...71 lines deleted...]
-        <w:t>为学员营造良好的学习环境。</w:t>
+        <w:t>。培训场地配备完善的教学设施，包括专业教室、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>研讨室</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>等，满足多样化的教学需求，为学员营造良好的学习环境。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
@@ -16091,300 +16899,186 @@
         </w:rPr>
         <w:t>转化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>与</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>质量监控</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>：参训教师</w:t>
-[...31 lines deleted...]
-        <w:t>个人教学成长规划，为今后的职业发</w:t>
+        <w:t>：参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>要重点完成高质量的教学案例开发设计和个人教学成长规划，为今后的职业发</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>展奠定基础</w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:t>展奠定基础；送培学校在学员返岗后组织教学展示活动，将先进的教育理念和教学方法传递给校内其他教师，并对学员的返岗表现进行跟踪记录，形成评估报告反馈给培训基地；</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>培训基地</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>组建导师跟踪团，通过线上社群答疑</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>线下回访，对学员</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>进行持续</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>跟踪</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>指导</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...102 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>总结、形成高质量</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程方案、教学设计方案、课堂教学实例等；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>省师培中心建立常态化的考察与评价机制，每月对承训基地的培训资料进行线上审查，包括培训计划执行情况、学员学习记录、成果完成情况等</w:t>
-      </w:r>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="仿宋" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>；</w:t>
-[...23 lines deleted...]
-        <w:t>小组，采用随机抽查、实地走访等方式，对承训基地、培训项目以及参训学员进行综合调研。</w:t>
+        <w:t>中心建立常态化的考察与评价机制，每月对承训基地的培训资料进行线上审查，包括培训计划执行情况、学员学习记录、成果完成情况等；省教育厅和财政厅成立联合视导小组，采用随机抽查、实地走访等方式，对承训基地、培训项目以及参训学员进行综合调研。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（十四）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16536,51 +17230,69 @@
         </w:rPr>
         <w:t>340</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>时长集中研修</w:t>
+        <w:t>时</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>长集中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>研修</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
@@ -16613,51 +17325,69 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>模式：采取线上线下相结合的混合研修、专题研修和德育研学等形式，集中培训与个人学习相结合</w:t>
+        <w:t>模式：采取线上线下相结合的混合研修、专题研修和德育</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>研</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>学等形式，集中培训与个人学习相结合</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>开</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>展研修。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="220" w:firstLine="704"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
@@ -16789,83 +17519,51 @@
         </w:rPr>
         <w:t>训单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（基</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>从省内外的高校、教育科研机构、行业头部企业中精心遴选课程教学、产教融合、职业教育管理等领域的专家</w:t>
-[...31 lines deleted...]
-        <w:t>原</w:t>
+        <w:t>从省内外的高校、教育科研机构、行业头部企业中精心遴选课程教学、产教融合、职业教育管理等领域的专家，组成实力强劲的培训师资队伍，原</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>则上</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>外专家不</w:t>
       </w:r>
@@ -16942,76 +17640,62 @@
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。配备</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>完善且功能齐全的硬件设施，包括</w:t>
-[...24 lines deleted...]
-      </w:r>
+        <w:t>完善且功能齐全的硬件设施，包括多媒体教室、研讨室、开发室、实训实操室、智能教学系统、产教融合治理</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>沙盘室</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -17057,201 +17741,172 @@
         </w:rPr>
         <w:t>转化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>与</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>质量监控</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>：参训教师重点完成具有创新性与实用性的教学案例开发设计，要求紧密结合产教融合、美育、“双师型”教师培养等培训要点，突出体现前瞻性教学改革理念；</w:t>
+        <w:t>：参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师重点</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>完成具有创新性与实用性的教学案例开发设计，要求紧密结合产教融合、美育、“双师型”教师培养等培训要点，突出体现前瞻性教学改革理念；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>送培学校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>组织参培教师返校后结合岗位工作，进行专门的学习汇报或教学展示，并形成相关评价意见</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；培训基地应及时提供对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导，总结、形成高质量专题性调研报告、建设改革方案或专项工作实施方案。</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>省师培中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>组织专家团队</w:t>
-[...55 lines deleted...]
-        <w:t>关职能部门</w:t>
+        <w:t>组织专家团队走访基地，发放调查问卷，了解基地培训计划执行情况、学员学习情况、成果完成进度等；</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省教育厅和财政厅的相关职能部门</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>不定期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实地考察，通过现场听课、与学员和教师面对面座谈、查阅培训档案等方式，全方位评估培训质量</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>（十五）新教师岗前综合能力提升</w:t>
-[...8 lines deleted...]
-        <w:t>培训</w:t>
+        <w:t>（十五）新教师岗前综合能力提升培训</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -17330,51 +17985,69 @@
         </w:rPr>
         <w:t>奠定新教师职业生涯发展良好基础。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>410</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>人（其中中职</w:t>
+        <w:t>人（其中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>200</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，高职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>210</w:t>
       </w:r>
@@ -17689,94 +18362,130 @@
         </w:rPr>
         <w:t>”“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>职教研究</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>三大模块化课程。跟岗研修阶段结合专业特点，派驻学员到优质高职院校开展观摩学习实践。企业实践阶段由各基地安排教师企业见习或顶岗实践，解决教学科研实际问题。</w:t>
+        <w:t>三大模块化课程。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>跟岗研修</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>阶段结合专业特点，派驻学员到优质高职院校开展观摩学习实践。企业实践阶段由各基地安排教师企业见习或顶岗实践，解决教学科研实际问题。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>保障条件</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>承训单位（基地）提供省内外课程教学、专业技术、行业企业等领域高水平专家（培训师），原则上校外专家不少于</w:t>
+        <w:t>承训单位（基地）</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>提供省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外课程教学、专业技术、行业企业等领域高水平专家（培训师），原则上校外专家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、高级职称专家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
@@ -17839,91 +18548,111 @@
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>成果及转化与质量监督</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>参训教师集中研修期间重点完成教学设计文案、教学演示</w:t>
+        <w:t>参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>集中研修期间重点完成教学设计文案、教学演示</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>PPT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>等成果；送培学校及时安排返岗学员进行校内汇报和教学展示；培训基地应及时提供对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导，总结、形成教师个人成长档案、教学实践作品集等。省师培中心加强对承训基地和培训项目的考察与评价工作；省教育厅相关职能部门不定期对承训基地、培</w:t>
-[...7 lines deleted...]
-        <w:t>训项目以及参训学员进行调研和考察</w:t>
+        <w:t>等成果；送培学校及时安排返岗学员进行校内汇报和教学展示；培训基地应及时提供对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导，总结、形成教师个人成长档案、教学实践作品集等。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心加强对承训基地和培训项目的考察与评价工作；省教育厅相关职能部门不定期对承训基地、培训项目以及参训学员进行调研和考察</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，</w:t>
-[...7 lines deleted...]
-        <w:t>确保培训质量与资金使用效益</w:t>
+        <w:t>，确保培训质量与资金使用效益</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，推动培训项目持续改进与优化。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:b/>
@@ -18001,51 +18730,51 @@
         <w:t>面</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>向高职院校专业带头人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，深入贯彻习近</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>平新时代中国特色社会主义思想及其外交思想，围绕教育强国建设和职业教育国际化发展需求，着力拓宽国际视野，学习发达国家先进职业教育理念与方法，提升国际交流合作、专业建设能力和专业建设国际化水平。</w:t>
+        <w:t>平新时代中国特色社会主义外交思想，围绕教育强国建设和职业教育国际化发展需求，着力拓宽国际视野，学习发达国家先进职业教育理念与方法，提升国际交流合作、专业建设能力和专业建设国际化水平。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，</w:t>
       </w:r>
@@ -18148,51 +18877,69 @@
         </w:rPr>
         <w:t>实践、集中学习</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>个人研修的方式，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>采取理论讲授、案例分析、考察观摩、实操演练等培训形式</w:t>
+        <w:t>采取理论讲授、案例分析、考察观摩、实</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>操演练等培训</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>形式</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>集中培训与个人学习相结合</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>开</w:t>
       </w:r>
@@ -18580,66 +19327,68 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>确保学员安心学习、生活的必要</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>场</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>所和设施，包括专业教室、</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>研讨</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>室</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>及智能教学系统</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
@@ -18733,51 +19482,69 @@
         </w:rPr>
         <w:t>成果</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>及转化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>与质量监督</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>：参训教师集中研修期间重点完成发达国家职业教育专业国际化调研报告、创新性专业（课程）建设方案等；</w:t>
+        <w:t>：参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>集中研修期间重点完成发达国家职业教育专业国际化调研报告、创新性专业（课程）建设方案等；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>送培学校及时安排返岗学员进行汇报展示</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，分享国际先进经验；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训基地</w:t>
       </w:r>
@@ -18824,57 +19591,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教师在训后一年内进行持续指导</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，强化研修成果在专业建设、课程改革团队培养中的实践转化，总结形成具有国际视野的专业建设方案、国际合作交流项目规划、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>教师团队建设方案等；</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>省师培中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考核</w:t>
       </w:r>
@@ -18894,195 +19671,315 @@
         </w:rPr>
         <w:t>价</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；省教育厅和财政厅的相关职能部门采取</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>四不两直</w:t>
+        <w:t>四</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>两直</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等方法，不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>（十七）思政课教师素质能力提升项目</w:t>
+        <w:t>（十七）</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>思政课</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教师素质能力提升项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>具体目标：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>面向</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>高职院校思政教育教学的教师，</w:t>
+        <w:t>高职院校</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>思政教育</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教学的教师，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>贯彻落实</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>贯彻落</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>关于大中小学思政课一体化的要求，着力</w:t>
+        <w:t>实</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>习近</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>平总书记</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>关于大中小学</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>思政课</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>一体化的要求，着力</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提升</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>思政课的教育教学及其改革</w:t>
+        <w:t>思政课</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>的教育教学及其改革</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>能力</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，提升思政课程教学的育人成效</w:t>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>提升思政课程</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教学的育人成效</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>544</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人</w:t>
@@ -19270,59 +20167,87 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>内容</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>：主要包括教育家精神与师德师风建设、习近平新时代中国特色社会主义思想概论相关内容、毛泽东思想和中国特色社会主义理论体系概论相关内容、思想</w:t>
-      </w:r>
+        <w:t>：主要包括教育家精神与师德师风建设、习近平</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>道德与法治相关内容、形势与政策相关内容、高职院校新任思政课教师主责主业等。</w:t>
+        <w:t>新时代中国特色</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>社会主义思想概论相关内容、毛泽东思想和中国特色社会主义理论体系概论相关内容、思想道德与法治相关内容、形势与政策相关内容、高职院校</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>新任思政课</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教师主责主业等。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -19363,73 +20288,93 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（基</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地）</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>供省内外课程教学、</w:t>
-      </w:r>
+        <w:t>供省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外课程教学、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>思政课程权威学者和标准开发专家</w:t>
+        <w:t>思政课程</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>权威学者和标准开发专家</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、行业企业等领域高水平专家</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>师），</w:t>
       </w:r>
@@ -19571,65 +20516,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>确保学员安心学习、生活的必要</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>场</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>所和设施，包括专业教室、</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>研讨</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>室等</w:t>
+        <w:t>室</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提供相</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>应</w:t>
       </w:r>
@@ -19708,60 +20663,114 @@
         </w:rPr>
         <w:t>成果</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>及转化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>与质量监督</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>：参训教师集中研修期间重点</w:t>
-      </w:r>
+        <w:t>：参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>集中研修期间重点</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>完成包括思政课程与专业课程融合方案、思政课程教学改革案例、课堂教学实例等成</w:t>
+        <w:t>完成</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>包括思政课程</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>与专业课程融合方案、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>思政课程</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教学改革案例、课堂教学实例等成</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>果</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>送培学校及时安排返岗学员进行校内汇报和教学展示</w:t>
       </w:r>
@@ -19813,83 +20822,121 @@
         </w:rPr>
         <w:t>在训后一年内</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对学员</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>进行持续指导</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，总结形成系列优质思政教学案例库、信息化思政教学资源包等，</w:t>
-      </w:r>
+        <w:t>，总结形成系列</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>并</w:t>
+        <w:t>优质思政教学</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>案例库、信息化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>思政教学</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>资源包等，并</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>开发至少一门高质量的数字化教学资源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>省师培中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -19941,51 +20988,69 @@
         </w:rPr>
         <w:t>等深入跟踪培训情况及其成效</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；省教育厅和财政厅的相关职能部门采取</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>四不两直</w:t>
+        <w:t>四</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>两直</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等方法，不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="000C2048">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -20016,71 +21081,51 @@
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>省级培训项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:before="312" w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>五、公共课程</w:t>
-[...19 lines deleted...]
-        <w:t>专业骨干教师专业能力提升培训</w:t>
+        <w:t>五、公共课程/专业骨干教师专业能力提升培训</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（十八）公共课程骨干教师专业能力提升项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
@@ -20107,51 +21152,69 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>具体</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>目标：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>面向中等职业学校公共课信息类、思政、体育、语文、数学、英语等专业负责人及骨干教师，着力提高教师的课程教学标准实施、校本化课程开发和教学创新能力。培训规模</w:t>
+        <w:t>面向中等职业学校公共课信息类、思政、体育、语文、数学、英语等专业负责人及骨干教师，着力提高教师的课程教学标准实施、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程开发和教学创新能力。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>360</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，集中培训为期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
@@ -20282,398 +21345,224 @@
         <w:t>教育家精神、师德师风建设与课程思政、国家专业教学标准（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>版）、课程标准解读与实</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>施、校本化公共课程教学资源开发与应用、信息技术与教学融合、公共课程教学评价改革、教学研究与反思等。</w:t>
+        <w:t>施、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>公共课程教学资源开发与应用、信息技术与教学融合、公共课程教学评价改革、教学研究与反思等。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>保障</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>条件</w:t>
-[...47 lines deleted...]
-        <w:t>具有丰富教学经验的一线教师</w:t>
+        <w:t>条件：承训单位（基地）组建高水平、多元化的专家团队，包括具有丰富教学经验的一线教师、行业技术骨干和专家等，原</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>则上</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>外专家不</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>少</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>于</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...59 lines deleted...]
-        <w:t>于</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>高级职称</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>专</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、</w:t>
-[...159 lines deleted...]
-        <w:t>，确保学员能够全身心投入学习。</w:t>
+        <w:t>。培训场地配备完善且功能齐全的硬件设施，包括多功能教室、研讨室、开发室、实训实操室等，确保学员能够全身心投入学习。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -20728,51 +21617,69 @@
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>参训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>员集中研修期间需重点完成包括校本化课程方案</w:t>
+        <w:t>员集中研修期间需重点完成包括</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程方案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、教学评价方案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、教学课例等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>成</w:t>
       </w:r>
@@ -20832,67 +21739,87 @@
         </w:rPr>
         <w:t>提供对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>总结、形成高质量</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>课程改革规划、校本化课程实施方案及教学资源、教学设计方案、课堂教学实例、教学质量评价方案与工具等。</w:t>
-[...15 lines deleted...]
-        <w:t>师培中心</w:t>
+        <w:t>课程改革规划、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程实施方案及教学资源、教学设计方案、课堂教学实例、教学质量评价方案与工具等。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -20912,91 +21839,51 @@
         </w:rPr>
         <w:t>价</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工作</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>通过查阅培训资料、与学员和教师座谈、实地听课等方式，评估培训效果和质量。省教育厅和财政厅成立</w:t>
-[...39 lines deleted...]
-        <w:t>及时调整和改进培训工作。</w:t>
+        <w:t>通过查阅培训资料、与学员和教师座谈、实地听课等方式，评估培训效果和质量。省教育厅和财政厅成立视导小组，建立培训效果反馈机制，定期收集学员、送培学校和用人单位的意见和建议，对培训项目进行综合评估，及时调整和改进培训工作。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（十九）专业骨干教师专业能力提升项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
@@ -21233,227 +22120,131 @@
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>保障</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>条件</w:t>
-[...15 lines deleted...]
-        <w:t>承</w:t>
+        <w:t>条件：承</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>（</w:t>
-[...23 lines deleted...]
-        <w:t>组建“高校学科专家</w:t>
+        <w:t>（基地）组建“高校学科专家</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>省级教研员</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>国家级教学名师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>行业技术骨干”的复合型导师团队，确保校外专家及高级职称</w:t>
-[...15 lines deleted...]
-        <w:t>均不少于</w:t>
+        <w:t>行业技术骨干”的复合型导师团队，确保校外专家及高级职称专家均不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>。配备智能教室、课程开发实验室、虚拟仿真实训室</w:t>
-[...39 lines deleted...]
-        <w:t>。</w:t>
+        <w:t>。配备智能教室、课程开发实验室、虚拟仿真实训室，并提供线上资源平台，方便学员随时学习。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -21508,51 +22299,69 @@
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>参训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>员集中研修期间重点完成包括校本化课程方案（标准）</w:t>
+        <w:t>员集中研修期间重点完成包括</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程方案（标准）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>开发</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>行动导向</w:t>
       </w:r>
@@ -21590,57 +22399,67 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>送培学校需及时安排返岗学员进行校内汇报和教学展示</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训基地应强化培训后的跟踪服务环节，组建专业团队，定期与学员交流，对学员专业发展与能力提升进行分析评估，指导学员切实提高教育教学能力。</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>省师培中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -21740,83 +22559,67 @@
         </w:rPr>
         <w:t>面向高职院校青年教师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以教育家精神</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、</w:t>
+        <w:t>、工匠精神</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>为</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>工匠精神</w:t>
-[...23 lines deleted...]
-        <w:t>，</w:t>
+        <w:t>引领，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>促使教师更新教学理念，紧跟职业教育发展趋势</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提</w:t>
       </w:r>
@@ -21919,51 +22722,69 @@
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训模式：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>采用校企深度合作模式，充分整合企业实践资源与学校教学资源。结合线上线下教学资源，线上依托优质职教云平台，提供丰富的课程资源、案例库和互动交流空间；线下开展集中讲座</w:t>
+        <w:t>采用校企深度合作模式，充分整合企业实践资源与学校教学资源。结合线上线下教学资源，线上依托优质</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职教云</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>平台，提供丰富的课程资源、案例库和互动交流空间；线下开展集中讲座</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>示范课观摩</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
@@ -22066,92 +22887,112 @@
         </w:rPr>
         <w:t>内容</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：主要包括教育家精神、师德师风建设与课程思政、国家专业教学标准（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>版）、课程标准解读与实施、校本化课程教学资源开发与应用、信息技术与教学融合、教学评价改革、</w:t>
-[...7 lines deleted...]
-        <w:t>教学方法变革、</w:t>
+        <w:t>版）、课程标准解读与实施、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程教学资源开发与应用、信息技术与教学融合、教学评价改革、教学方法变革、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>课堂组织与学生管理技巧</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，提升教师运用</w:t>
+        <w:t>，提升教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>运用</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>数智技术</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、虚拟仿真、人工智能等技术优化教学的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>能力</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
@@ -22333,51 +23174,69 @@
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实训实操室</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>智能制造实训中心、融媒体工作室等。</w:t>
+        <w:t>智能制造实训中心、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>融媒体</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>工作室等。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
@@ -22417,219 +23276,151 @@
         </w:rPr>
         <w:t>与</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>质量监控</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>参训学员在集中研修期间</w:t>
-      </w:r>
+        <w:t>参训学员在集中研修期间重点完成</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>重点</w:t>
-      </w:r>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>完成校本化课程方案，结合学校实际与学生特点对课程进行优化设计</w:t>
+        <w:t>课程方案，结合学校实际与学生特点对课程进行优化设计、制定教学评价方案，建立多元化的教学评价体系、形成具有代表性的教学课例等；送培学校及时安排返岗学员进行校内汇报和教学展示，分享培训所学与心得体会；培训基地应及时提供对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>行持续指导</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、</w:t>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>帮助</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>制定教学评价方案，建立多元化的教学评价体系</w:t>
+        <w:t>学员</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>将培训成果更好地应用于教学实践；总结、形成可复制的校企合作培训模式，建立完整的教学改进档案，记录教师教学改进过程与成效</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、</w:t>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>为后续培训提供参考</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>形成具有代表性的教学课例</w:t>
-[...110 lines deleted...]
-        </w:rPr>
         <w:t>。</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>省师培中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -22654,239 +23445,136 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工作；省教育厅不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>（二十一）竞赛理论和技能实操</w:t>
-[...8 lines deleted...]
-        <w:t>项目（前沿技能领航）</w:t>
+        <w:t>（二十一）竞赛理论和技能实操项目（前沿技能领航）</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>具体</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>目标：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>面向职业院校技能教练</w:t>
-[...111 lines deleted...]
-        <w:t>培训规模</w:t>
+        <w:t>面向职业院校技能教练员，着力提升教练员对竞赛项目核心技术与前沿理念的理解，增强教练员的职业操守和责任意识。提高教练员指导学生进行创新实践和解决实际问题的能力，促进不同院校教练员交流与合作，形成优质教学资源共享，整体提升职业院校相关专业的教学水平。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>620</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>人（其中中职</w:t>
+        <w:t>人（其中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，高职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>300</w:t>
       </w:r>
@@ -22941,124 +23629,92 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>模式：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>采用</w:t>
-[...15 lines deleted...]
-        <w:t>“竞赛专家</w:t>
+        <w:t>采用线上线下相结合的混合式教学，线上提供理论知识讲解视频、案例分析资料等供教练员自学；线下采用“竞赛专家</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>金牌教练</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>实战演练”方式，通过专题辅导、案例评析、技能操练、模拟竞赛、小组研讨等形式，突</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>出实战性和针对性，围绕备赛难点、训练方法等</w:t>
-[...15 lines deleted...]
-        <w:t>。</w:t>
+        <w:t>出实战性和针对性，围绕备赛难点、训练方法等开展技能实操训练、模拟竞赛和面对面交流指导。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -23081,230 +23737,152 @@
         </w:rPr>
         <w:t>内容</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>主要</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>包括教育家精神</w:t>
-[...63 lines deleted...]
-        <w:t>、选手心理辅导与团队管理、竞赛资源整合与利用等。</w:t>
+        <w:t>包括教育家精神涵养、师德师风建设、竞赛组织与备赛实务、竞赛案例评析、重点技能点（项）操练、创新教学方法与策略（项目式教学、情境式教学在指导学生备赛的应用）、新技术与新工艺应用（最新行业发展动态和技术趋势分析等）、选手心理辅导与团队管理、竞赛资源整合与利用等。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>保障</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>条件</w:t>
-[...15 lines deleted...]
-        <w:t>承</w:t>
+        <w:t>条件：承</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>训单位</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（基</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>地）</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>供省内外</w:t>
-[...15 lines deleted...]
-        <w:t>原</w:t>
+        <w:t>供省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职业教育专家、行业专家、企业技术骨干、资深竞赛教练组成师资团队，确保教学专业性。原</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>则上</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>外专家不</w:t>
       </w:r>
@@ -23372,99 +23950,51 @@
         </w:rPr>
         <w:t>家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>。</w:t>
-[...47 lines deleted...]
-        <w:t>提供丰富的教材、案例库、在线学习平台等资源</w:t>
+        <w:t>。配备先进的教学设备和实训场地，如虚拟仿真室、实验室、工作室等，并提供丰富的教材、案例库、在线学习平台等资源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -23631,99 +24161,101 @@
         </w:rPr>
         <w:t>培训基地应</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>及时</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提供对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>，</w:t>
-[...7 lines deleted...]
-        <w:t>跟踪后续竞赛中学生成绩，</w:t>
+        <w:t>，跟踪后续竞赛中学生成绩，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>总结、形成</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>竞赛项目优秀案例集、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>高质量</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>技能开发与指导策略等。</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>省师培中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -23790,51 +24322,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>（二十二</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>中职教育热点专项</w:t>
+        <w:t>中职教</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>育热点</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>专项</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -23988,51 +24540,87 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>模式：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>采取集中研修、岗位辅导、任务驱动等形式开展培训，通过定目标、定任务、定考核，加强思政课程与课程思政融合、教学创新与常规教学衔接、教学研究与教学实践互进、班级活动组织与学生危机管理协同。</w:t>
+        <w:t>采取集中研修、岗位辅导、任务驱动等形式开展培训，通过定目标、定任务、定考核，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>加强思政课程</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>与</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>课程思政融合</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>、教学创新与常规教学衔接、教学研究与教学实践互进、班级活动组织与学生危机管理协同。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -24146,131 +24734,67 @@
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>保障</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>条件</w:t>
-[...47 lines deleted...]
-        <w:t>专家团队</w:t>
+        <w:t>条件：承训单位（基地）组建复合型专家团队</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>引入一线优秀班主任、心理咨询师、校园安全管理专家</w:t>
-[...15 lines deleted...]
-        <w:t>，原</w:t>
+        <w:t>引入一线优秀班主任、心理咨询师、校园安全管理专家等，原</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>则上</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>外专家不</w:t>
       </w:r>
@@ -24338,99 +24862,51 @@
         </w:rPr>
         <w:t>家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>。配备智能化教室、心理咨询模拟室、校园安全实训室</w:t>
-[...47 lines deleted...]
-        <w:t>学习与实践。</w:t>
+        <w:t>。配备智能化教室、心理咨询模拟室、校园安全实训室、信息化教学实验室等，确保学员沉浸式学习与实践。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
@@ -24494,244 +24970,176 @@
         </w:rPr>
         <w:t>参训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>员集中研修期间</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>应</w:t>
-[...71 lines deleted...]
-        <w:t>参训教师返校后</w:t>
+        <w:t>应提交专题调研报告、设计班级管理创新方案、完成信息化教学课例或心理健康教育案例等。送培学校组织参</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训教师</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>返校后</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>开展</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:t>开展心理健康教育或信息化教学专题研讨，推动班级管理创新措施或信息化教学资源落地应用。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>培训基地应</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>及时</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>提供对学员的全面评估反馈，并安排</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>专业团队进行训后跟踪</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>指导</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...54 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>总结、形成高质量</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>专题性调研报告、改革</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>方案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>或典型案例等。</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>省师培中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -24806,83 +25214,51 @@
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>具体</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>目标：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>面向申请赴境外研修的高职院校中青年骨干教师，深度契合当前职业教育国际化与数字化融合发展趋势，全面提升中青年骨干教师的外语综合应用能力。</w:t>
-[...31 lines deleted...]
-        <w:t>培养兼具国际视野、跨文化交流能力以及数字化创新思维的高素质职业教育人才。培训规模</w:t>
+        <w:t>面向申请赴境外研修的高职院校中青年骨干教师，深度契合当前职业教育国际化与数字化融合发展趋势，全面提升中青年骨干教师的外语综合应用能力。提高教师在数字化教学资源整合、运用数字化工具开展国际学术交流与合作的能力，培养兼具国际视野、跨文化交流能力以及数字化创新思维的高素质职业教育人才。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，培训时长</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
@@ -24921,107 +25297,67 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>模式：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>采用专题讲座、案例分析、实践训练、模拟测试、问题研讨</w:t>
-[...31 lines deleted...]
-        <w:t>模拟真实国际教学场景与跨文化交际活动等多种方式开展培训</w:t>
+        <w:t>采用专题讲座、案例分析、实践训练、模拟测试、问题研讨、现场教学、导师指导、模拟真实国际教学场景与跨文化交际活动等多种方式开展培训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>定期组织小组讨论、学术沙龙等活动，促进学员思想碰</w:t>
-[...7 lines deleted...]
-        <w:t>撞。</w:t>
+        <w:t>定期组织小组讨论、学术沙龙等活动，促进学员思想碰撞。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -25060,59 +25396,51 @@
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>数字化教学资源整合、国际前沿职教理念剖析、国际学术交流与合作演练</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以及国外法律、文化与习俗</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>、跨文化交际</w:t>
-[...7 lines deleted...]
-        <w:t>实践</w:t>
+        <w:t>、跨文化交际实践</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等方面。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -25192,59 +25520,51 @@
         </w:rPr>
         <w:t>组建由</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>省内外</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>教学名师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>和</w:t>
-[...7 lines deleted...]
-        <w:t>语言教育</w:t>
+        <w:t>和语言教育</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>专家</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、职业教育学者、数字化教学领域权威人士以及具有丰富海外生活工作经验的专业人员</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>组成的</w:t>
       </w:r>
@@ -25360,163 +25680,99 @@
         </w:rPr>
         <w:t>家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>。配备多媒体</w:t>
-[...23 lines deleted...]
-        <w:t>并</w:t>
+        <w:t>。配备多媒体教室、语言实验室、模拟国际会议场地等教学设施，并</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>提供相</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>应</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>语言</w:t>
-[...7 lines deleted...]
-        <w:t>教材</w:t>
+        <w:t>语言教材</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>国际职业教育前沿资料等纸质与电子资源，</w:t>
-[...31 lines deleted...]
-        <w:t>。</w:t>
+        <w:t>国际职业教育前沿资料等纸质与电子资源，包括国际学术数据库、教育资源平台等。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -25579,203 +25835,157 @@
         </w:rPr>
         <w:t>参训</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>员集中研修期间重点完成包括</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>学术英语应用成果报告、国际前沿职业教育理念引入计划、数字化教学资源整合案例等</w:t>
-[...7 lines deleted...]
-        <w:t>成</w:t>
+        <w:t>学术英语应用成果报告、国际前沿职业教育理念引入计划、数字化教学资源整合案例等成</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>果</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>送培学校及时安排返岗学员进行校内</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>分享</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>和教学展示</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>并支持教师参与学校教学改革项目，将国际先进职教教学理念和数字化教学方法应用</w:t>
+        <w:t>并支持教师参与学校教学改革项目，将国际先进职教教学理念和数字化教学方法应用于实际教学；</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>培训基地应</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>于</w:t>
+        <w:t>及时</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>提供对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>实际教学</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        <w:t>，收集相关培训意见反馈，优化后续培训方案</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
-      <w:r>
-[...69 lines deleted...]
-        <w:t>省师培中心</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>加强</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对承训基地和培训项目的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>考察</w:t>
       </w:r>
@@ -25800,189 +26010,108 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>工作；省教育厅不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="黑体"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="黑体" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>六、</w:t>
-[...8 lines deleted...]
-        <w:t>职业院校治理体系建设与管理能力提升项目</w:t>
+        <w:t>六、职业院校治理体系建设与管理能力提升项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（二十四）职业学校治理体系建设和管理能力提升项目</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>具体目标：面向职业院校学工处（团委）、实训基地建设、劳动教育、班级管理者（含班主任）、创新创业教育、优质教材建设、学籍管理、现代学徒制、数字化建设等相关职能部门领导及其他管理人员，与省教育厅职能处室的相关业务对接，</w:t>
-[...15 lines deleted...]
-        <w:t>管理者的学生管理、教学指导、项目实施</w:t>
+        <w:t>具体目标：面向职业院校学工处（团委）、实训基地建设、劳动教育、班级管理者（含班主任）、创新创业教育、优质教材建设、学籍管理、现代学徒制、数字化建设等相关职能部门领导及其他管理人员，与省教育厅职能处室的相关业务对接，着力于管理者的学生管理、教学指导、项目实施</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>等能力</w:t>
-[...55 lines deleted...]
-        <w:t>，提高领导干部及行政管理人员的专业技能和工作效率，推进学校治理变革。培训规模</w:t>
+        <w:t>等能力的提升，提升其战略决策、团队领导与教育治理智慧，提高领导干部及行政管理人员的专业技能和工作效率，推进学校治理变革。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>8</w:t>
@@ -26073,118 +26202,78 @@
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>培训内容：主要内容包括职业院校学工处（团委）、实训基地建设、劳动教育、班级管理者（含班主任）、创新创业教育、优质教材建设等工作理论与要求以及相关业务实务，研讨相关工作领域的热点难点问题，强化师德师风建设，将教育家精神、工匠精神、劳</w:t>
-[...7 lines deleted...]
-        <w:t>动精神、劳模精神与新规范、新方法等融入培训课程。</w:t>
+        <w:t>培训内容：主要内容包括职业院校学工处（团委）、实训基地建设、劳动教育、班级管理者（含班主任）、创新创业教育、优质教材建设等工作理论与要求以及相关业务实务，研讨相关工作领域的热点难点问题，强化师德师风建设，将教育家精神、工匠精神、劳动精神、劳模精神与新规范、新方法等融入培训课程。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>保障条件</w:t>
-[...31 lines deleted...]
-        <w:t>原</w:t>
+        <w:t>保障条件：承训单位（基地）邀请省内外课程教学、专业技术、行业企业等领域的顶尖人才，组建高水平复合型专家团队，原</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>则上</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>外专家不</w:t>
       </w:r>
@@ -26252,263 +26341,189 @@
         </w:rPr>
         <w:t>家不少于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>。培训场地</w:t>
-[...87 lines deleted...]
-        <w:t>学习。</w:t>
+        <w:t>。培训场地设施完备，包括智能化治理决策实验室、数字化校园管理工坊、产教融合治理</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>沙盘室</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>等；搭建资源云平台，配备政策法规数据库，支持学员实时检索与学习。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>成果及转化与质量监控</w:t>
-[...31 lines deleted...]
-        <w:t>期间重点完成包括学校治理改革方案、专项管理调研报告、主要工作典型案例等成果；送培学校需及时安排返岗学员进行校内汇报和教学展示；培训基地应及时提供对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导，总结、形成高质量专项管理调研报告、治理改革实施方案、专题典</w:t>
+        <w:t>成果及转化与质量监控：参训学员集中培训期间重点完成包括学校治理改革方案、专项管理调研报告、主要工作典型案例等成果；送培学校需及时安排返岗学员进行校内汇报和教学展示；培训基地应及时提供对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导，总结、形成高质量专项管理调研报告、治理改革实施方案、专题典</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>型管理案例等。省师培中心加强对承训基地、培训项目的考察和评价；省教育厅、财政厅相关职能部门以“四不两直”等方式不定期开展对承训基地、培训项目以及参训学员的调研考察。</w:t>
+        <w:t>型管理案例等。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心加强对承训基地、培训项目的考察和评价；省教育厅、财政厅相关职能部门以“四</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>两直”等方式不定期开展对承训基地、培训项目以及参训学员的调研考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（二十五）五年制高职教育管理专项</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>具体目标：面向五年制高职学校，分类组织</w:t>
-[...7 lines deleted...]
-        <w:t>高职党建、纪检、学生工作、教育管理、教务教学、产业学院等等部门负责人，解决相关工作领域中重难点问题，提升管理者综合素养。培训规模</w:t>
+        <w:t>具体目标：面向五年制高职学校，分类组织高职党建、纪检、学生工作、教育管理、教务教学、产业学院等等部门负责人，解决相关工作领域中重难点问题，提升管理者综合素养。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>217</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，培训时长</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
@@ -26609,75 +26624,69 @@
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>保障条件</w:t>
-[...23 lines deleted...]
-        <w:t>供省内外课程教学、专业技术、行业企业等领域高水平专家（培训师），原</w:t>
+        <w:t>保障条件：承训单位（基地）</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>提供省</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>内外课程教学、专业技术、行业企业等领域高水平专家（培训师），原</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>则上</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>校</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>外专家不</w:t>
       </w:r>
@@ -26772,171 +26781,218 @@
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="640"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>成果及转化与质量监控</w:t>
-[...15 lines deleted...]
-        <w:t>参训学员集中研修期间重点完成主要工作典型案例、学校专项管理调研报告等；送培学校需及时安排返岗学员进行校内教学展示，适时抽查、汇报</w:t>
+        <w:t>成果及转化与质量监控：参训学员集中研修期间重点完成主要工作典型案例、学校专项管理调研报告等；送培学校需及时安排返岗学员进行校内教学展示，适时抽查、汇报</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>研修成果；培训基地应按照工作方案开展训中和训后评价，形成对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导，总结、形成高质量专题管理调研报告、典型案例等；省师培中心加强对承训基地和培训项目的考察与评价工作；省教育厅和财政厅的相关职能部门采取“四不两直”等方法，不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
+        <w:t>研修成果；培训基地应按照工作方案开展</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中和</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>训</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>后评价，形成对学员的全面评估反馈，并安排经验丰富的教师在训后一年内进行持续指导，总结、形成高质量专题管理调研报告、典型案例等；</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心加强对承训基地和培训项目的考察与评价工作；省教育厅和财政厅的相关职能部门采取“四</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>不</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>两直”等方法，不定期对承训基地、培训项目以及参训学员进行调研和考察。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="643"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="黑体"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="黑体" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>七、教师网络研修</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="482"/>
         <w:rPr>
           <w:rFonts w:ascii="楷体" w:eastAsia="仿宋" w:hAnsi="楷体"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>（二十</w:t>
-[...26 lines deleted...]
-        <w:t>强师铸魂</w:t>
+        <w:t>（二十六）教育家精神与工匠劳模精神强师铸魂</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>具体目标：面向职业院校全体教师，坚持教育家精神与工匠劳模精神强师铸魂，引导广大教师将教育家精神与工匠劳模精神转化为思想自觉、行动自觉，实现“教育家精神铸魂、工匠精神强技”的双重提升，筑牢教育家精神、工匠精神践行主阵地，培养一支兼具教育理想、专业能力和实践智慧的教师队伍。培训规模</w:t>
+        <w:t>具体目标：面向职业院校全体教师，坚持教育家精神与工匠劳模精神强师铸魂，引导广大教师将教育家精神与工匠劳模精神转化为思想自觉、行动自觉，实现“教育家精神铸魂、工匠精神强技”的双重提升，筑牢教育家精神、工匠精神</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>践行</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>主阵地，培养一支兼具教育理想、专业能力和实践智慧的教师队伍。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，集中培训为期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
@@ -26994,169 +27050,247 @@
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>培训内容：主要包括教育家精神、工匠精神、劳动精神和劳模精神等内涵与意义阐释，教育家精神引领的育人创新和工匠精神驱动的技能精进等实施路径与典型案例，强化精神内涵与职业教育教学改革实践的融合转化，突出伟大精神引领的育人成效提升。</w:t>
+        <w:t>培训内容：主要包括教育家精神、工匠精神、劳动精神和劳模精神等内涵与意义阐释，教育家精神引领的育人创新和工匠精神驱动的技能精进等实施路径与典型案例，强化精神内涵与职业教育教学改革实践的融合转化，突出伟大精神引领的</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>育人成效</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>提升。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>成果及转化与质量监控：参训学员在研修期间</w:t>
-[...15 lines deleted...]
-        <w:t>完成育</w:t>
+        <w:t>成果及转化与质量监控：参训学员在研修期间应完成育</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>人实践典型案例、改革方案设计等相关报告。送培学校组织返岗学员开展校内汇报交流活动；承训基地及时反馈学员综合评价。省师培中心加强对承训基地和培训项目的评估，通过线上抽检等形式开展调研考察，确保培训质量与成果转化效果。</w:t>
+        <w:t>人实践典型案例、改革方案设计等相关报告。送培学校组织返岗学员开展校内汇报交流活动；承训基地及时反馈学员综合评价。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心加强对承训基地和培训项目的评估，通过线上抽检等形式开展调研考察，确保培训质量与成果转化效果。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="482"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>（二十</w:t>
-      </w:r>
+        <w:t>（二十七）</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>七</w:t>
-      </w:r>
+        <w:t>数智素养</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>）数智素养与数智技术应用</w:t>
+        <w:t>与</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>数智技术</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>应用</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>具体目标：面向职业院校教师，围绕数字化新技术发展及其行业领域和教育教学应用、教师数智化专业素养等，着力提升教师数智素养和数字技术赋能专业（课程）改革能力。培训规模</w:t>
+        <w:t>具体目标：面向职业院校教师，围绕数字化新技术发展及其行业领域和教育教学应用、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教师数智化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>专业素养等，着力提升</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教师数智素养</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>和数字技术赋能专业（课程）改革能力。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，集中培训为期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
@@ -27214,141 +27348,207 @@
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>培训内容：主要包括数智技术前沿与人工智能应用、产业转型升级和技术迭代更新、数智素养基础与教师专业发展、数字课程开发与教学设计</w:t>
-[...7 lines deleted...]
-        <w:t>、数智化教学与评价反馈、数智技术赋能专业转型升级等。</w:t>
+        <w:t>培训内容：主要包括</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>数智技术</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>前沿与人工智能应用、产业转型升级和技术迭代更新、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>数智素养</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>基础与教师专业发展、数字课程开发与教学设计、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>数智化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教学与评价反馈、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>数智技术</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>赋能专业转型升级等。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>成果及转化与质量监控</w:t>
-[...15 lines deleted...]
-        <w:t>参训学员在研修期间重点完成校本化数字化专业（课程）建设改革方案、数字化教学资源（教材样张、课例）等数字化成果；送培学校组织返岗学员开展校内汇报交流和成果展示活动；承训基地基于线上学习数据及提交成果，及时对学员进行综合评价并反馈。省师培中心加强对承训基地和培训项目的评估，通过线上抽检等形式开展调研考察，确保培训质量与成果转化效果。</w:t>
+        <w:t>成果及转化与质量监控：参训学员在研修期间重点完成</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>数字化专业（课程）建设改革方案、数字化教学资源（教材样张、课例）等数字化成果；送培学校组织返岗学员开展校内汇报交流和成果展示活动；承训基地基于线上学习数据及提交成果，及时对学员进行综合评价并反馈。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心加强对承训基地和培训项目的评估，通过线上抽检等形式开展调研考察，确保培训质量与成果转化效果。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="482"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="楷体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>（二十</w:t>
-[...17 lines deleted...]
-        <w:t>）数字教学资源库建设</w:t>
+        <w:t>（二十八）数字教学资源库建设</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -27379,51 +27579,69 @@
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>的数字化教学资源建设及其应用能力，赋能新时代教师专业发展和教学质量提高。培训规模</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>人（其中中职</w:t>
+        <w:t>人（其中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>400</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>人，高职</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>600</w:t>
       </w:r>
@@ -27529,118 +27747,146 @@
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>培训内容：主要包括数字教学资源（库）建设理论与</w:t>
-[...7 lines deleted...]
-        <w:t>方法、数字资源开发典型工具、数字教材开发理念与技术、数字教学资源库建设方案与策略等，注重多种媒体与技术融合，强化应用导向和使用成效。</w:t>
+        <w:t>培训内容：主要包括数字教学资源（库）建设理论与方法、数字资源开发典型工具、数字教材开发理念与技术、数字教学资源库建设方案与策略等，注重多种媒体与技术融合，强化应用导向和使用成效。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLineChars="150" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>成果及转</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>化与质量监控：参训学员在研修期间，重点完成校本化数字教学资源（库）建设方案、数字教学资源成果案例等数字化成果；送培学校组织返岗学员开展校内汇报交流和成果展示活动；承训基地基于线上学习数据及提交成果，及时对学员进行综合评价并反馈。省师培中心加强对承训基地和培训项目的评估，通过线上抽检等形式开展调研考察，确保培训质量与成果转化效果。</w:t>
+        <w:t>化与质量监控：参训学员在研修期间，重点完成</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>校本化数字</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>教学资源（库）建设方案、数字教学资源成果案例等数字化成果；送培学校组织返岗学员开展校内汇报交流和成果展示活动；承训基地基于线上学习数据及提交成果，及时对学员进行综合评价并反馈。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>省师培</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>中心加强对承训基地和培训项目的评估，通过线上抽检等形式开展调研考察，确保培训质量与成果转化效果。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000C2048">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="312"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00854F40" w:rsidRDefault="00854F40">
+    <w:p w:rsidR="00213CF7" w:rsidRDefault="00213CF7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00854F40" w:rsidRDefault="00854F40">
+    <w:p w:rsidR="00213CF7" w:rsidRDefault="00213CF7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
@@ -27739,179 +27985,181 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
                           <w:pPr>
                             <w:pStyle w:val="a3"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="005B3849">
+                          <w:r w:rsidR="00DE2200">
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
-                            <w:t>9</w:t>
+                            <w:t>22</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="文本框 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:2in;height:2in;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbXvIiYQIAAAoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1uEzEU3iNxB8t7OmkQVRR1UoVWRUgV&#10;rSiIteOxmxG2n2W7mQkHgBuwYtM95+o5+OzJpKiwKWLjeeP3/733+fikt4ZtVIgtuZofHkw4U05S&#10;07qbmn/8cP5ixllMwjXCkFM136rITxbPnx13fq6mtCbTqMAQxMV552u+TsnPqyrKtbIiHpBXDkpN&#10;wYqE33BTNUF0iG5NNZ1MjqqOQuMDSRUjbs8GJV+U+FormS61jioxU3PUlsoZyrnKZ7U4FvObIPy6&#10;lbsyxD9UYUXrkHQf6kwkwW5D+0co28pAkXQ6kGQr0rqVqvSAbg4nj7q5XguvSi8AJ/o9TPH/hZXv&#10;NleBtU3Np5w5YTGi++/f7n/8vL/7yqYZns7HOayuPexS/5p6jHm8j7jMXfc62PxFPwx6AL3dg6v6&#10;xGR2mk1nswlUErrxB/GrB3cfYnqjyLIs1DxgegVUsbmIaTAdTXI2R+etMWWCxrGu5kcvX02Kw16D&#10;4MYhR25iKLZIaWtUjmDce6XRfak5X5S9U6cmsI3AxggplUul3RIJ1tlKI+1THHf22VWVnXyK896j&#10;ZCaX9s62dRRKv4/Kbj6PJevBfkRg6DtDkPpVvxvuipotZhtoIEf08rwF/hcipisRwAbMDAxPlzi0&#10;IeBMO4mzNYUvf7vP9lhSaDnrwK6aO9CfM/PWYXkzEUchjMJqFNytPSWAf4iXw8siwiEkM4o6kP0E&#10;2i9zDqiEk8hU8zSKp2lgOJ4NqZbLYgS6eZEu3LWXOXQZtl/eJuxQWa0MyoDEDiwQrizn7nHIjP79&#10;v1g9PGGLXwAAAP//AwBQSwMEFAAGAAgAAAAhAHGq0bnXAAAABQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe+T9h8iI3HbUgZCVWk6sYlyRGLlwDFrTFtInCrJuvLvMQgJLpafnvX8vXI7Oysm&#10;DHHwpOBqnYFAar0ZqFPw0tSrHERMmoy2nlDBJ0bYVstFqQvjz/SM0yF1gkMoFlpBn9JYSBnbHp2O&#10;az8isffmg9OJZeikCfrM4c7KTZbdSqcH4g+9HnHfY/txODkF+7ppwoQx2Fd8rK/fn3Y3+DArdXkx&#10;39+BSDinv2P4xmd0qJjp6E9korAKuEj6mext8pzl8XeRVSn/01dfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhANte8iJhAgAACgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAHGq0bnXAAAABQEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w:rsidR="000C2048" w:rsidRDefault="00854F40">
                     <w:pPr>
                       <w:pStyle w:val="a3"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r w:rsidR="005B3849">
+                    <w:r w:rsidR="00DE2200">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t>9</w:t>
+                      <w:t>22</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00854F40" w:rsidRDefault="00854F40">
+    <w:p w:rsidR="00213CF7" w:rsidRDefault="00213CF7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00854F40" w:rsidRDefault="00854F40">
+    <w:p w:rsidR="00213CF7" w:rsidRDefault="00213CF7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="59A34E74"/>
     <w:rsid w:val="000336AD"/>
     <w:rsid w:val="00092C05"/>
     <w:rsid w:val="000A0433"/>
     <w:rsid w:val="000C2048"/>
     <w:rsid w:val="000D3C9D"/>
     <w:rsid w:val="00110CB5"/>
     <w:rsid w:val="00181462"/>
     <w:rsid w:val="001F2675"/>
     <w:rsid w:val="00205F3A"/>
+    <w:rsid w:val="00213CF7"/>
     <w:rsid w:val="0024256D"/>
     <w:rsid w:val="00282BC0"/>
     <w:rsid w:val="002A7556"/>
     <w:rsid w:val="0036498A"/>
     <w:rsid w:val="003D0A4C"/>
     <w:rsid w:val="00413BB9"/>
     <w:rsid w:val="00430511"/>
     <w:rsid w:val="00446E6C"/>
     <w:rsid w:val="004527FB"/>
     <w:rsid w:val="00460806"/>
     <w:rsid w:val="00474B95"/>
     <w:rsid w:val="00484233"/>
     <w:rsid w:val="00522015"/>
     <w:rsid w:val="00556F29"/>
     <w:rsid w:val="00563153"/>
     <w:rsid w:val="0058405B"/>
     <w:rsid w:val="005B3849"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00630A31"/>
     <w:rsid w:val="00637DFE"/>
     <w:rsid w:val="00674643"/>
     <w:rsid w:val="00681FCB"/>
     <w:rsid w:val="00685723"/>
     <w:rsid w:val="006D0CE9"/>
     <w:rsid w:val="006D619E"/>
@@ -27921,50 +28169,51 @@
     <w:rsid w:val="0077796D"/>
     <w:rsid w:val="007C6736"/>
     <w:rsid w:val="00816B92"/>
     <w:rsid w:val="00851107"/>
     <w:rsid w:val="00854F40"/>
     <w:rsid w:val="008809DF"/>
     <w:rsid w:val="008D77AD"/>
     <w:rsid w:val="008E6249"/>
     <w:rsid w:val="0091242C"/>
     <w:rsid w:val="00930BCC"/>
     <w:rsid w:val="00970D10"/>
     <w:rsid w:val="009A1CDB"/>
     <w:rsid w:val="009E328F"/>
     <w:rsid w:val="00A07959"/>
     <w:rsid w:val="00A566D5"/>
     <w:rsid w:val="00AC2172"/>
     <w:rsid w:val="00B209C5"/>
     <w:rsid w:val="00B75861"/>
     <w:rsid w:val="00BA03E1"/>
     <w:rsid w:val="00C069B8"/>
     <w:rsid w:val="00C90242"/>
     <w:rsid w:val="00CF4A9B"/>
     <w:rsid w:val="00D8019C"/>
     <w:rsid w:val="00DA10C9"/>
     <w:rsid w:val="00DC00FE"/>
+    <w:rsid w:val="00DE2200"/>
     <w:rsid w:val="00DE658D"/>
     <w:rsid w:val="00E171E7"/>
     <w:rsid w:val="00EF5372"/>
     <w:rsid w:val="00F03C35"/>
     <w:rsid w:val="00F112ED"/>
     <w:rsid w:val="00F131BE"/>
     <w:rsid w:val="00F50FF0"/>
     <w:rsid w:val="00F6411B"/>
     <w:rsid w:val="00FA71C2"/>
     <w:rsid w:val="00FE6060"/>
     <w:rsid w:val="01113D6B"/>
     <w:rsid w:val="017F5C4D"/>
     <w:rsid w:val="02684F7E"/>
     <w:rsid w:val="028A71FF"/>
     <w:rsid w:val="02A8425B"/>
     <w:rsid w:val="02AE56F2"/>
     <w:rsid w:val="02B7624C"/>
     <w:rsid w:val="02E56D2B"/>
     <w:rsid w:val="02E94BE7"/>
     <w:rsid w:val="031E451D"/>
     <w:rsid w:val="032007BA"/>
     <w:rsid w:val="03F31506"/>
     <w:rsid w:val="03F90AE6"/>
     <w:rsid w:val="0421734C"/>
     <w:rsid w:val="044E0E32"/>
@@ -29233,72 +29482,72 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps/>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F96DB34B-831D-442E-A13C-C672DFFA8C60}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85608CA3-CA81-48E9-9515-8B563FA0970C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>36</Pages>
-  <Words>3107</Words>
-  <Characters>17711</Characters>
+  <Words>3106</Words>
+  <Characters>17708</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>147</Lines>
   <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>江苏省教育厅</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20777</CharactersWithSpaces>
+  <CharactersWithSpaces>20773</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>一指</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>2052-12.1.0.20305</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>E1D7796755C049EA81FF190ADBFA68B2_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">